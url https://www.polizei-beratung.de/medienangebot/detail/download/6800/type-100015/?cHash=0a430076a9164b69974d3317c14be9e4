--- v0 (2025-12-05)
+++ v1 (2026-03-30)
@@ -208,127 +208,126 @@
         <w:t xml:space="preserve">Hersteller </w:t>
       </w:r>
       <w:r>
         <w:t>und</w:t>
       </w:r>
       <w:r w:rsidRPr="00F107E7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Betriebe </w:t>
       </w:r>
       <w:r w:rsidRPr="00F107E7">
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:t>Eurer</w:t>
       </w:r>
       <w:r w:rsidRPr="00F107E7">
         <w:t xml:space="preserve"> Nähe</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72A825F7" w14:textId="77777777" w:rsidR="009B3E4B" w:rsidRDefault="009B3E4B" w:rsidP="00D24C50"/>
-    <w:p w14:paraId="32352F2D" w14:textId="67856499" w:rsidR="00C317E4" w:rsidRDefault="001159DE" w:rsidP="00D24C50">
+    <w:p w14:paraId="36F2FAE5" w14:textId="77777777" w:rsidR="00714164" w:rsidRDefault="001159DE" w:rsidP="00D24C50">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F67814">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LINK</w:t>
       </w:r>
-      <w:r w:rsidR="00F67814" w:rsidRPr="00F67814">
+      <w:r w:rsidR="00714164">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>S:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0E1DCA" w14:textId="55618662" w:rsidR="003C0478" w:rsidRDefault="00714164" w:rsidP="00D24C50">
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00C317E4" w:rsidRPr="00272758">
+        <w:r w:rsidRPr="00CB694F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>https://www.polizei-beratung.de/startseite-und-aktionen/aktuelles/detailansicht/</w:t>
+          <w:t>https://www.k-einbruch.de/fachbetriebssu</w:t>
         </w:r>
-        <w:r w:rsidR="00C317E4" w:rsidRPr="00272758">
+        <w:r w:rsidRPr="00CB694F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>schutz-vor-einbruch-hersteller-und-fachbetriebe-finden/</w:t>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00CB694F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>he/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37C5638D" w14:textId="2A95A74C" w:rsidR="001159DE" w:rsidRPr="00F67814" w:rsidRDefault="00C317E4" w:rsidP="00D24C50">
+    <w:p w14:paraId="42901D78" w14:textId="4F4AB590" w:rsidR="003C0478" w:rsidRDefault="003C0478" w:rsidP="00D24C50">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00C35765">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.k-einbruch.de/hersteller</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C35765">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C35765">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>uche</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C5638D" w14:textId="6E110D73" w:rsidR="001159DE" w:rsidRPr="00F67814" w:rsidRDefault="001159DE" w:rsidP="00D24C50">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-      <w:r w:rsidR="001159DE" w:rsidRPr="00F67814">
+      <w:r w:rsidRPr="00F67814">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A88E494" w14:textId="5A82049D" w:rsidR="00D24C50" w:rsidRPr="00C8519E" w:rsidRDefault="00F65748" w:rsidP="00D24C50">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C8519E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hashtags</w:t>
       </w:r>
       <w:r w:rsidR="005C2369" w:rsidRPr="00C8519E">
@@ -358,109 +357,111 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D24C50" w:rsidRPr="00C8519E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers CE">
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D3092"/>
     <w:rsid w:val="001159DE"/>
     <w:rsid w:val="00191FE4"/>
+    <w:rsid w:val="003C0478"/>
     <w:rsid w:val="003C439A"/>
     <w:rsid w:val="003D3092"/>
     <w:rsid w:val="004537E3"/>
     <w:rsid w:val="00496E0A"/>
     <w:rsid w:val="005C2369"/>
     <w:rsid w:val="006B22EC"/>
+    <w:rsid w:val="00714164"/>
     <w:rsid w:val="007D197D"/>
     <w:rsid w:val="0082657B"/>
+    <w:rsid w:val="0087055C"/>
     <w:rsid w:val="00980555"/>
     <w:rsid w:val="009B3E4B"/>
     <w:rsid w:val="00A3438C"/>
     <w:rsid w:val="00A54F22"/>
     <w:rsid w:val="00A715E2"/>
     <w:rsid w:val="00C317E4"/>
     <w:rsid w:val="00C8519E"/>
     <w:rsid w:val="00CE420F"/>
     <w:rsid w:val="00D24C50"/>
     <w:rsid w:val="00D86A05"/>
     <w:rsid w:val="00F301FC"/>
     <w:rsid w:val="00F65748"/>
     <w:rsid w:val="00F67814"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -994,50 +995,72 @@
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rsid w:val="003C439A"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="textexposedshow">
     <w:name w:val="text_exposed_show"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rsid w:val="003C439A"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="css-901oao">
     <w:name w:val="css-901oao"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rsid w:val="00D24C50"/>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C317E4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="berarbeitung">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C0478"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BesuchterLink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00714164"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="12608965">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="342702829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -1165,51 +1188,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2087334201">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.polizei-beratung.de/startseite-und-aktionen/aktuelles/detailansicht/schutz-vor-einbruch-hersteller-und-fachbetriebe-finden/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.k-einbruch.de/herstellersuche" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.k-einbruch.de/fachbetriebssuche/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1468,69 +1491,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>114</Words>
-  <Characters>725</Characters>
+  <Words>99</Words>
+  <Characters>627</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>838</CharactersWithSpaces>
+  <CharactersWithSpaces>725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>praedisiko2</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>